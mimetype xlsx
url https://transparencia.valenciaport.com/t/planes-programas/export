--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -50,60 +50,60 @@
   <si>
     <t>actividades_previstas</t>
   </si>
   <si>
     <t>medios_necesarios</t>
   </si>
   <si>
     <t>estimacion_temporal</t>
   </si>
   <si>
     <t>responsable</t>
   </si>
   <si>
     <t>indicadores_evaluacion</t>
   </si>
   <si>
     <t>grado_cumplimiento</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
-    <t>31-12-2022</t>
-[...2 lines deleted...]
-    <t>Plan Estratégico Valenciaport 2030</t>
+    <t>04-11-2025</t>
+  </si>
+  <si>
+    <t>Plan Estratégico Valenciaport 2035</t>
   </si>
   <si>
     <t>Se encuentran en curso y no existen datos sobre el grado de cumplimiento.</t>
   </si>
   <si>
-    <t>https://transparencia.valenciaport.com/storage/uploads/1676985755Presentacion-Workshops-Plan-Estrategico-Valenciaport-2030-WEB.pdf</t>
+    <t>https://transparencia.valenciaport.com/storage/uploads/1762179821Plan-Estrategico-Valenciaport-2035-PRESENTACION-FINAL-1.pdf</t>
   </si>
   <si>
     <t>17-12-2021</t>
   </si>
   <si>
     <t>Política y programa de responsabilidad social e integridad corporativa de la APV</t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1676986387PoliticaMarcoRSIC2022_2025APV.pdf</t>
   </si>
   <si>
     <t>Plan de medidas antifraude</t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1676986793PlanMedidasAntifraudeAPV.pdf</t>
   </si>
   <si>
     <t>31-12-2014</t>
   </si>
   <si>
     <t>Plan de Igualdad</t>
   </si>
   <si>
     <t>2022-2026</t>
   </si>
@@ -503,51 +503,51 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="95" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="87" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="88" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="147" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>