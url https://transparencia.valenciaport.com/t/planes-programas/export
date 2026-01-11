--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>objetivos</t>
   </si>
   <si>
     <t>actividades_previstas</t>
   </si>
   <si>
     <t>medios_necesarios</t>
   </si>
   <si>
     <t>estimacion_temporal</t>
   </si>
   <si>
     <t>responsable</t>
   </si>
   <si>
@@ -84,50 +84,53 @@
     <t>https://transparencia.valenciaport.com/storage/uploads/1762179821Plan-Estrategico-Valenciaport-2035-PRESENTACION-FINAL-1.pdf</t>
   </si>
   <si>
     <t>17-12-2021</t>
   </si>
   <si>
     <t>Política y programa de responsabilidad social e integridad corporativa de la APV</t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1676986387PoliticaMarcoRSIC2022_2025APV.pdf</t>
   </si>
   <si>
     <t>Plan de medidas antifraude</t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1676986793PlanMedidasAntifraudeAPV.pdf</t>
   </si>
   <si>
     <t>31-12-2014</t>
   </si>
   <si>
     <t>Plan de Igualdad</t>
   </si>
   <si>
     <t>2022-2026</t>
+  </si>
+  <si>
+    <t>Informe sobre indicadores de evaluación y grado de cumplimiento</t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1680272768plan igualdad censurado_compressed.pdf</t>
   </si>
   <si>
     <t>15-09-2011</t>
   </si>
   <si>
     <t>Plan Estratégico 2010-2020</t>
   </si>
   <si>
     <t>Anualidades 2010 a 2020</t>
   </si>
   <si>
     <t>Indicadores de evaluación (PDF) (ODT) </t>
   </si>
   <si>
     <t>Informe de seguimiento completo del Plan Estratégico 2010-2020 (PDF) (ODP)
 Seguimiento de los indicadores (PDF) (ODT) 
 Grado de cumplimiento (PDF) (ODT) </t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1676985688Plan-Estrategico-APV2020.pdf</t>
   </si>
 </sst>
@@ -623,78 +626,81 @@
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="J4" t="s">
         <v>14</v>
       </c>
       <c r="K4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
         <v>166</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
+      <c r="I5" t="s">
+        <v>24</v>
+      </c>
       <c r="J5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
         <v>163</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">