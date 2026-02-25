--- v2 (2026-01-11)
+++ v3 (2026-02-25)
@@ -12,128 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>objetivos</t>
   </si>
   <si>
     <t>actividades_previstas</t>
   </si>
   <si>
     <t>medios_necesarios</t>
   </si>
   <si>
     <t>estimacion_temporal</t>
   </si>
   <si>
     <t>responsable</t>
   </si>
   <si>
     <t>indicadores_evaluacion</t>
   </si>
   <si>
     <t>grado_cumplimiento</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>04-11-2025</t>
   </si>
   <si>
     <t>Plan Estratégico Valenciaport 2035</t>
   </si>
   <si>
     <t>Se encuentran en curso y no existen datos sobre el grado de cumplimiento.</t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1762179821Plan-Estrategico-Valenciaport-2035-PRESENTACION-FINAL-1.pdf</t>
   </si>
   <si>
-    <t>17-12-2021</t>
-[...13 lines deleted...]
-  <si>
     <t>31-12-2014</t>
   </si>
   <si>
     <t>Plan de Igualdad</t>
   </si>
   <si>
     <t>2022-2026</t>
   </si>
   <si>
     <t>Informe sobre indicadores de evaluación y grado de cumplimiento</t>
   </si>
   <si>
-    <t>https://transparencia.valenciaport.com/storage/uploads/1680272768plan igualdad censurado_compressed.pdf</t>
+    <t>https://transparencia.valenciaport.com/storage/uploads/1771254200PLAN-DE-IGUALDAD-CON-ANEXOS-1.pdf</t>
   </si>
   <si>
     <t>15-09-2011</t>
   </si>
   <si>
     <t>Plan Estratégico 2010-2020</t>
   </si>
   <si>
     <t>Anualidades 2010 a 2020</t>
   </si>
   <si>
     <t>Indicadores de evaluación (PDF) (ODT) </t>
   </si>
   <si>
     <t>Informe de seguimiento completo del Plan Estratégico 2010-2020 (PDF) (ODP)
 Seguimiento de los indicadores (PDF) (ODT) 
 Grado de cumplimiento (PDF) (ODT) </t>
   </si>
   <si>
     <t>https://transparencia.valenciaport.com/storage/uploads/1676985688Plan-Estrategico-APV2020.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -488,67 +473,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z6"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="87" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="75" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="88" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="147" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
@@ -581,126 +566,92 @@
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>164</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="J2" t="s">
         <v>14</v>
       </c>
       <c r="K2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
       <c r="I3" t="s">
-        <v>14</v>
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
+        <v>19</v>
       </c>
       <c r="K3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I4" t="s">
+        <v>24</v>
       </c>
       <c r="J4" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="K4" t="s">
-        <v>20</v>
-[...29 lines deleted...]
-      <c r="B6" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">