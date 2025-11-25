--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -42,51 +42,52 @@
     <t>anno</t>
   </si>
   <si>
     <t>formalizados</t>
   </si>
   <si>
     <t>adjudicados</t>
   </si>
   <si>
     <t>menores</t>
   </si>
   <si>
     <t>licitaciones_anuladas</t>
   </si>
   <si>
     <t>resueltos</t>
   </si>
   <si>
     <t>modificados</t>
   </si>
   <si>
     <t>penalidades</t>
   </si>
   <si>
     <t>Listado de contratos menores 1er Trimestre
-Listado de contratos menores 2º Trimestre</t>
+Listado de contratos menores 2º Trimestre
+Listado de contratos menores 3er Trimestre</t>
   </si>
   <si>
     <t>Formalizados no menores
 Formalizados menores</t>
   </si>
   <si>
     <t>Listado de contratos menores</t>
   </si>
   <si>
     <t>Desiertos
 Desistidos</t>
   </si>
   <si>
     <t>Modificados</t>
   </si>
   <si>
     <t>Listado de contratos formalizados</t>
   </si>
   <si>
     <t>Listado de contratos desiertos
 Listado de contratos desistidos</t>
   </si>
   <si>
     <t>Listado de contratos modificados</t>
   </si>